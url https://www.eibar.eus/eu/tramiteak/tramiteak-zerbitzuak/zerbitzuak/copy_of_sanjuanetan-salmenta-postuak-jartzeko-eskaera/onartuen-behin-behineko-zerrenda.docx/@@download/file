--- v0 (2025-10-16)
+++ v1 (2026-03-20)
@@ -1,1230 +1,1310 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00171941" w:rsidRPr="00FF73C5" w:rsidRDefault="00171941" w:rsidP="00171941">
+    <w:p w14:paraId="37C3816A" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-42" w:hanging="16"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:kern w:val="2"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00171941" w:rsidRPr="00FF73C5" w:rsidRDefault="00171941" w:rsidP="00171941">
+    <w:p w14:paraId="62488171" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:kern w:val="2"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00171941" w:rsidRPr="00FF73C5" w:rsidRDefault="00171941" w:rsidP="00171941">
+    <w:p w14:paraId="129AC643" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3823"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="3963"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00171941" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="473FE93F" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="56B4B5A1" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t>IRAGARKIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="6DA8D1A7" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="007FF0A7" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t>ANUNCIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00171941" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="6A684A7D" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRDefault="00171941" w:rsidP="007E76E8"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00171941" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="79E3E0AA" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...246 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRDefault="00171941" w:rsidP="007E76E8"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00171941" w:rsidRPr="00CF2E3A" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="362EC9B4" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...109 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="3BFCC041" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00171941" w:rsidRPr="009B2538" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="0881D592" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRPr="009B2538" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="3DFE8530" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="en-US"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">San Juan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>jaietan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>salmenta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>postu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bat </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>jartzeko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>dagokion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>eskabideak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>aurkezteko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>epea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>amaitu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>denez</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>onartuen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>behin-behineko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>zerrenda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>hau</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>argitaratzen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> da:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68484BDD" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3963" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38935DCA" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Trascurrido el plazo de presentación de instancias para la colocación de puestos de venta en las fiestas de San Juan se publica la lista provisional de personas admitidas:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="6000595A" w14:textId="77777777" w:rsidTr="00907ECF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77EAE494" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRPr="009B2538" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="094FF7DB" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:rPr>
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRPr="009B2538" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="5BE44A39" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00171941" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="5423649D" w14:textId="77777777" w:rsidTr="00907ECF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0870BA13" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ONARTUEN BEHIN-BEHINEKO ZERRENDA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="679F1F5A" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3963" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E829F3A" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>LISTADO PROVISIONAL DE ADMITIDOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="677E91B9" w14:textId="77777777" w:rsidTr="00907ECF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD7AE21" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="294012B0" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3963" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A19B697" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="646CF4C9" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tablaconcuadrcula"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="2727" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2694"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00171941" w:rsidTr="007E76E8">
+            <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="662F62CC" w14:textId="77777777" w:rsidTr="00907ECF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00171941" w:rsidRPr="00653997" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+                <w:p w14:paraId="7DA9625C" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00653997">
+                  <w:r w:rsidRPr="00492C75">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
                     <w:t>58044846E</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00171941" w:rsidTr="007E76E8">
+            <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="44F058B4" w14:textId="77777777" w:rsidTr="00907ECF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00171941" w:rsidRPr="00653997" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+                <w:p w14:paraId="42EE2438" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00653997">
+                  <w:r w:rsidRPr="00492C75">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
-                    <w:t>74363383J</w:t>
+                    <w:t>50995919C</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00171941" w:rsidTr="007E76E8">
+            <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="1930C344" w14:textId="77777777" w:rsidTr="00907ECF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00171941" w:rsidRPr="00653997" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+                <w:p w14:paraId="5387BB7E" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00653997">
+                  <w:r w:rsidRPr="00492C75">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
-                    <w:t>05317218D</w:t>
+                    <w:t>51001168W</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00171941" w:rsidTr="007E76E8">
+            <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="1FA1812D" w14:textId="77777777" w:rsidTr="00907ECF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00171941" w:rsidRPr="00653997" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+                <w:p w14:paraId="7EBFD028" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00653997">
+                  <w:r w:rsidRPr="00492C75">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
-                    <w:t>72815506J</w:t>
+                    <w:t>78324990P</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00171941" w:rsidTr="007E76E8">
+            <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="248F4C04" w14:textId="77777777" w:rsidTr="00907ECF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00171941" w:rsidRPr="00653997" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+                <w:p w14:paraId="11E54B88" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00653997">
+                  <w:r w:rsidRPr="00492C75">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
-                    <w:t>50995919C</w:t>
+                    <w:t>56003103N</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00171941" w:rsidTr="007E76E8">
+            <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="2007D4CD" w14:textId="77777777" w:rsidTr="00907ECF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2694" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00171941" w:rsidRPr="00653997" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+                <w:p w14:paraId="2864045B" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00653997">
+                  <w:r w:rsidRPr="00492C75">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>72850610L</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="095F6277" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2694" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="677B89B9" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
-                    <w:t>79436514B</w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00492C75">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>58032797W</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="62E10919" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2694" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="2B51240E" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00492C75">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>73416217X</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00171941" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="6E26E004" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00171941" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="1680AA47" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRPr="000B3C3F" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="42F79C42" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRDefault="00171941" w:rsidP="007E76E8"/>
+          <w:p w14:paraId="303276A1" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRPr="000B3C3F" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="1AFDD27C" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00171941" w:rsidRPr="00F77908" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="132A8812" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRPr="0064224D" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="6111275B" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRPr="0064224D" w:rsidRDefault="00171941" w:rsidP="007E76E8"/>
+          <w:p w14:paraId="6A1FA56C" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRPr="0064224D" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="5B1A187E" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00171941" w:rsidRPr="00D677C8" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00492C75" w:rsidRPr="00492C75" w14:paraId="6626889B" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRPr="00D677C8" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="61B2DC66" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">ko </w:t>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eibar,2026ko </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>apirilaren</w:t>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>martxoaren</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 3a</w:t>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRPr="00D677C8" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="25BE284C" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00171941" w:rsidRPr="00D677C8" w:rsidRDefault="00171941" w:rsidP="007E76E8">
+          <w:p w14:paraId="0B1CAD06" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-              <w:t>25</w:t>
+            <w:r w:rsidRPr="00492C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Eibar,13 de marzo de 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00171941" w:rsidRPr="00FF73C5" w:rsidRDefault="00171941" w:rsidP="00171941">
+    <w:p w14:paraId="6F53A2CF" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00171941" w:rsidRPr="00FF73C5" w:rsidRDefault="00171941" w:rsidP="00171941">
+    <w:p w14:paraId="7699CCBE" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00171941" w:rsidRPr="00FF73C5" w:rsidRDefault="00171941" w:rsidP="00171941">
+    <w:p w14:paraId="05508472" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2747"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00171941" w:rsidRPr="00FF73C5" w:rsidRDefault="00171941" w:rsidP="00171941">
+    <w:p w14:paraId="7CF5C0C8" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:kern w:val="2"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00171941" w:rsidRPr="00FF73C5" w:rsidRDefault="00171941" w:rsidP="00171941"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="7AF1C1C6" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00305FB4" w:rsidSect="000D1356">
+    <w:p w14:paraId="27A3B25B" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DFE166A" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27AEB3AE" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="742FE583" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C84C17B" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="00492C75" w:rsidRDefault="00492C75" w:rsidP="00492C75"/>
+    <w:p w14:paraId="61A82D7B" w14:textId="77777777" w:rsidR="00C966AE" w:rsidRDefault="00C966AE"/>
+    <w:sectPr w:rsidR="00C966AE" w:rsidSect="00492C75">
       <w:headerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00F56463" w:rsidRPr="002B158A" w:rsidRDefault="00171941" w:rsidP="00046CA0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="30F4C83F" w14:textId="77777777" w:rsidR="00492C75" w:rsidRPr="002B158A" w:rsidRDefault="00492C75" w:rsidP="00046CA0">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="767171"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00F56463" w:rsidRDefault="00171941" w:rsidP="00810551">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3BFF854B" w14:textId="77777777" w:rsidR="00492C75" w:rsidRDefault="00492C75" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00046CA0">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="396982CD" wp14:editId="1FCBBD54">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04584C4C" wp14:editId="4A73C3CB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4681996</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>125095</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1468161" cy="436863"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="5" name="Imagen 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="769052757" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1244,51 +1324,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00046CA0">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00F56463">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="662B0499" wp14:editId="1B5C4D8E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="562B27D3" wp14:editId="50A3A4C4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>25400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-4445</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2099814" cy="735330"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
           <wp:docPr id="6" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1060078278" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1303,170 +1383,176 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2099814" cy="735330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00810551" w:rsidRDefault="00171941" w:rsidP="00810551">
+  <w:p w14:paraId="54A96097" w14:textId="77777777" w:rsidR="00492C75" w:rsidRDefault="00492C75" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00810551" w:rsidRDefault="00171941" w:rsidP="00810551">
+  <w:p w14:paraId="00EB729A" w14:textId="77777777" w:rsidR="00492C75" w:rsidRDefault="00492C75" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00810551" w:rsidRDefault="00171941" w:rsidP="00810551">
+  <w:p w14:paraId="63982714" w14:textId="77777777" w:rsidR="00492C75" w:rsidRDefault="00492C75" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00810551" w:rsidRDefault="00171941" w:rsidP="00810551">
+  <w:p w14:paraId="5F201FC1" w14:textId="77777777" w:rsidR="00492C75" w:rsidRDefault="00492C75" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00810551" w:rsidRDefault="00171941" w:rsidP="00810551">
+  <w:p w14:paraId="6E6F0D39" w14:textId="77777777" w:rsidR="00492C75" w:rsidRDefault="00492C75" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="156"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00171941"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00305FB4"/>
+    <w:rsidRoot w:val="00492C75"/>
+    <w:rsid w:val="002F4C71"/>
+    <w:rsid w:val="00492C75"/>
+    <w:rsid w:val="006A53F9"/>
+    <w:rsid w:val="00C966AE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2B1B677F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{FD3586AB-CF6C-4E1E-8D56-6974F1C5C47E}"/>
+  <w15:docId w15:val="{1620C128-27BF-4DD7-84F3-63224B6107C4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1794,275 +1880,812 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00171941"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo1Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo3Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo5Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo6Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo7Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo8Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo9Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
+    <w:name w:val="Título 1 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
+    <w:name w:val="Título 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
+    <w:name w:val="Título 4 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
+    <w:name w:val="Título 5 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
+    <w:name w:val="Título 6 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
+    <w:name w:val="Título 7 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
+    <w:name w:val="Título 8 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
+    <w:name w:val="Título 9 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TtuloCar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
+    <w:name w:val="Título Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subttulo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubttuloCar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubttuloCar">
+    <w:name w:val="Subtítulo Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Subttulo"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cita">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitaCar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaCar">
+    <w:name w:val="Cita Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Cita"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="nfasisintenso">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citadestacada">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitadestacadaCar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitadestacadaCar">
+    <w:name w:val="Cita destacada Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Citadestacada"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Referenciaintensa">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00492C75"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00171941"/>
+    <w:rsid w:val="00492C75"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00171941"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00492C75"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00171941"/>
+    <w:rsid w:val="00492C75"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00171941"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00492C75"/>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00171941"/>
+    <w:rsid w:val="00492C75"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2080,65 +2703,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -2159,84 +2782,89 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>87</Words>
-  <Characters>479</Characters>
+  <Words>90</Words>
+  <Characters>501</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>565</CharactersWithSpaces>
+  <CharactersWithSpaces>590</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Miren Itziar Onaindia</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>