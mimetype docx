--- v0 (2025-10-16)
+++ v1 (2026-03-20)
@@ -1,8685 +1,6690 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00990DF2" w:rsidRPr="00FF73C5" w:rsidRDefault="00990DF2" w:rsidP="00990DF2">
+    <w:p w14:paraId="43C882AC" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00CE55A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-42" w:hanging="16"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:kern w:val="2"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00990DF2" w:rsidRPr="00FF73C5" w:rsidRDefault="00990DF2" w:rsidP="00990DF2">
+    <w:p w14:paraId="7E49CD6F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00CE55A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:kern w:val="2"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="3685"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00990DF2" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="15D5F1B9" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="705B0A11" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>IRAGARKIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="6F9E19FF" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="1F58342A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>ANUNCIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00990DF2" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="05544FFC" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8"/>
+          <w:p w14:paraId="4BA6FE1A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8"/>
+          <w:p w14:paraId="606F189D" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8"/>
+          <w:p w14:paraId="211031D4" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00990DF2" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="40CC843A" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="0E8D3258" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>San Juan</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">San Juan </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jaietan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...3 lines deleted...]
-              <w:t>jaietan</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>salmenta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...3 lines deleted...]
-              <w:t>salmenta</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>postu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bat </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jartzeko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...3 lines deleted...]
-              <w:t>postu</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dagokion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...3 lines deleted...]
-              <w:t>bat</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>eskabideak</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...3 lines deleted...]
-              <w:t>jartzeko</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>aurkezteko</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...3 lines deleted...]
-              <w:t>dagokion</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>epea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...9 lines deleted...]
-              <w:t>deak</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>amaitu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...9 lines deleted...]
-              <w:t>teko</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>denez</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...3 lines deleted...]
-              <w:t>epea</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>baztertuen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...3 lines deleted...]
-              <w:t>amaitu</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>behin-behineko</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...3 lines deleted...]
-              <w:t>denez</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>zerrenda</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...3 lines deleted...]
-              <w:t>baztertuen</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hau</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CF2435">
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>argitaratzen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CF2435">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> da:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8"/>
+          <w:p w14:paraId="59D10B7F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="00CF2E3A" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="43B2E373" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Trascurrido el plazo de presentación de instancias para la colocación de puestos de venta en las fiestas de San Juan se publica la lista provisional de personas excluidas:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00990DF2" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="20487FE7" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8"/>
+          <w:p w14:paraId="00F9698F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8"/>
+          <w:p w14:paraId="7B53472C" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="44DE53FA" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00990DF2" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="1E5F8943" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="006F6F13" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="185F91D8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401436">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>BAZTERTUTAKOEN BEHIN</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">-BEHINEKO ZERRENDA </w:t>
+              <w:t xml:space="preserve">BAZTERTUTAKOEN BEHIN-BEHINEKO ZERRENDA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="006F6F13" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="256AC58A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="0C291035" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401436">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>LISTADO PROVISIONAL DE EXCLUIDOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00990DF2" w:rsidRPr="009B2538" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="69405B9E" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="009B2538" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="5221982B" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="009B2538" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="6DD798BD" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="009B2538" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="030B72D1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00990DF2" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="2BB495E2" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="00401436" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="6507B63B" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>NAN</w:t>
-[...23 lines deleted...]
-              <w:t>DNI</w:t>
+              <w:t>NAN/DNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="73E6F39C" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>BAZTERTZEKO ARRAZOIAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="00401436" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="7E1CA360" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401436">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>MOTIVOS DE EXCLUSIÓN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00990DF2" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="35615891" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="00F4047D" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="49E6CA41" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="00F4047D" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="35EA0092" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="00401436" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="6D24BC86" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="795544BF" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tablaconcuadrcula"/>
-              <w:tblW w:w="7900" w:type="dxa"/>
-              <w:tblLayout w:type="fixed"/>
+              <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="1805"/>
-[...1 lines deleted...]
-              <w:gridCol w:w="2976"/>
+              <w:gridCol w:w="1442"/>
+              <w:gridCol w:w="2835"/>
+              <w:gridCol w:w="3577"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...77 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="72FB75E9" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="728F7E20" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...117 lines deleted...]
-                    <w:t>RO DE RESPONSABILIDAD CIVIL 2025</w:t>
+                    <w:t>Y3574851K</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="05E68E76" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="78F3E9A7" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4057B2FD" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7F7A6F8B" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="17162D52" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="48D56626" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3DBCA4F5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="09112D17" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="4650DA93" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...56 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="33E77271" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="511E2A33" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="0D45B581" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="30250545" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="26DE0289" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...7 lines deleted...]
-                    </w:rPr>
                     <w:t>79371343E</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3119" w:type="dxa"/>
-[...154 lines deleted...]
-                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2025</w:t>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2E140009" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="505230EF" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7C2C2E97" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="46045B07" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="57AD6BEE" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...51 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="1747E6DC" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="3C7041A4" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="39930180" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="676DAB55" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="331280E6" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...62 lines deleted...]
-                    <w:t>D.N.I</w:t>
+                    <w:t>60123435D</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="67E7BF8F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="40ACC025" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3E541432" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3A97AA51" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="4044E8EE" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...45 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="7552C7C6" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="03C6E65A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="007FC212" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="4B6A8F36" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="2EA8DBBD" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...27 lines deleted...]
-                  <w:r>
+                    <w:t>79268844B</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1F02A878" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
                     <w:t>N.A.N</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...150 lines deleted...]
-                  <w:r>
+                <w:p w14:paraId="4405D005" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2E0A3426" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="587F5199" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="276A327A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>GIZARTE SEGURANTZAREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="301F2845" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3658B084" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="03787C71" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="404AAF47" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0C33016D" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="es-ES"/>
                     </w:rPr>
                     <w:t>D.N.I</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...140 lines deleted...]
-                    <w:t>5</w:t>
+                <w:p w14:paraId="1BCA62C7" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3E3C3E44" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="282D859B" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="756B490C" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2FDE44FA" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7D08E8C8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="59D7492D" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="331F1B64" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="47A2F4B0" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...45 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="5204FA2F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="23FEC8AC" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="00654209" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="54EC54C5" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="5191DE3A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...281 lines deleted...]
-                    <w:t>5</w:t>
+                    <w:t>72821906L</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="64073A93" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="045EFBA3" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4AE854B6" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4E06A24F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6F8D8285" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="22D50FA5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="62C5F2FF" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5F081A78" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="2F2E0900" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...40 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="097CE7FB" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="17DC3691" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="76261CDC" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="3DA3A08D" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="141C2031" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...388 lines deleted...]
-                  </w:r>
+                    <w:t>47422885J</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="160BAD74" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5909F0B7" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6D647172" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="416121DE" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="465D1A70" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7CCC1DE4" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="5D5B157E" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...40 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="49530A47" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="11BE2375" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="4662F4ED" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="72E859A4" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="0A54641C" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...318 lines deleted...]
-                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2025</w:t>
+                    <w:t>72273861H</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="629137C6" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="78158A35" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6D6406F1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="316B36C6" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="79212111" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="06FE92E6" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6F562FA2" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="586E4EE3" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1AD5502E" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0471B5E7" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="195C1372" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7C62BC8D" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="2BF1205E" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...45 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="56C3E27C" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="33D49D44" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="7EA21AF5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="0A5F1EFD" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="5C737742" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...64 lines deleted...]
-                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2025</w:t>
+                    <w:t>72846041G</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="54B31942" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="75DCE399" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="361450A1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="446607A1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>GIZARTE SEGURANTZAREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="193F8ED9" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3657C8C4" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="60BDC7F1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6BAC3FFD" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4A1FCC23" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="40E7450A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="035060CF" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3D9EA650" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="011EF843" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...45 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="7E3484CE" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="3FD7DC2E" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="5726A89A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="16506995" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="1C26CD6D" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...79 lines deleted...]
-                  </w:r>
+                    <w:t>72815506J</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="17A39316" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="794E72B7" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5193D61F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2F8A3A41" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>GIZARTE SEGURANTZAREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="64E9A508" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="726D0071" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5AB6D567" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3325AF0E" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="47B96F5F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2FF26DB3" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="02672BDF" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4B0AB432" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="74AFC61E" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="1C9B4C96" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...44 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="25EF3633" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="64FEF76D" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="2466F394" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="07E60D06" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="0CD5C57A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...406 lines deleted...]
-                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2025</w:t>
+                    <w:t>Y5166540H</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="00058888" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6F536726" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6DA92147" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0C6E8DF8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>GIZARTE SEGURANTZAREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0849093C" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="74F407BA" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="50D96EF8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4082F86F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7B819A14" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3600F6B7" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5E059149" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="16A39050" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1BE40B08" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1687EDB4" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="77B6C3EA" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3986EAAF" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="11AB36EA" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...45 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="1F8E63AB" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="34924B59" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="6B615FF5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="3DD74860" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="70665AB0" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...323 lines deleted...]
-                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2025</w:t>
+                    <w:t>45561066K</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="21B20E2C" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>N.A.N</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="46D667C1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2A5732AD" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6E3FEF56" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="25CDA3F0" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>GIZARTE SEGURANTZAREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5D170507" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5728CB63" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="530F79BE" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="13BE53A1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="079B06A8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>D.N.I</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="615B133A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7DFD7ABF" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="005AFA0F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3D37D0EA" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="21567515" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0CD660DA" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="174E43D8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="308D753C" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="5156B1B3" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...41 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="070072F4" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="3746B995" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="2F4A52C9" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="5DFB56A6" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="05EC0137" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...80 lines deleted...]
-                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2025</w:t>
+                    <w:t>78953129V</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="49F73EA5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2D2B2B77" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6C2F40CE" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6BD61119" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>GIZARTE SEGURANTZAREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0E5AEC70" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="512D3E02" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4FB0AAD7" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4796EB52" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="03CE943D" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2719ADC5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1F2C2E98" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7D043064" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="24C16EDB" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2BC68B38" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7AD7BE01" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="41A12453" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="028ACAE8" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...41 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="0E37F79F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="14235606" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="2AA7CDB1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="4C120447" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="2196E453" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...108 lines deleted...]
-                  </w:r>
+                    <w:t>X3519003A</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="34C206EB" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="129029C9" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3F9FB147" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6C60BF8A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>GIZARTE SEGURANTZAREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="56A10DAA" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7B960866" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="45CD227F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="69B13C46" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4F6236F9" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="05E3DDBB" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="11BDF84C" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3FEB3947" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3E011F13" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="6180968C" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...49 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="6A3AF29B" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="727A03D7" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="4DF23FA6" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="511A5F34" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="1D1C717F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...175 lines deleted...]
-                  </w:r>
+                    <w:t>47482685J</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="673AD98B" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="57B8A37A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6164746E" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="65D39C7D" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">GIZARTE </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AC4C68">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURANTZAREN ZIURTAGIRIA EG</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>UNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="02276345" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3C180B35" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0172D27E" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2D01D4E9" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3A51BDC5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6CEA0CB6" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="69F6980D" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="34342754" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4FD59DFA" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="3D0BA1D9" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...49 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="7BC3307E" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="0A28537A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="481732FB" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="5B54F407" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="024CD36F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FB0346">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...179 lines deleted...]
-                  </w:r>
+                    <w:t>X5687872H</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5857F562" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>N.A.N</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="416D82F3" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="214586A9" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="034BC7D5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0D3DDFF8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>GIZARTE SEGURANTZAREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="19C5D94E" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="562E5640" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4AAFA66F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>D.N.I</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4F90D5ED" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="026BCAA1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7C493AAE" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="205D2E42" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="31C46CEC" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5793767F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4F35BB08" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="76A907B2" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...49 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="65228D61" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="79969E19" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="223C1973" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00B2219A" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="040EBE67" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="4D993D56" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00066324">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...68 lines deleted...]
-                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2025</w:t>
+                    <w:t>54866874Y</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0AD2E7E2" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>N.A.N</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="58168232" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="728DA1BC" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3E82A6E1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3548C9B3" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>GIZARTE SEGURANTZAREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="446EA833" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="64379400" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4335BE48" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7FD1BAC7" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2BF75057" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>D.N.I</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="49D1F0BF" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="160DB2BF" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="268EF752" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="55B2C587" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4650A37C" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1E9CA4EA" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7A6F68D1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1F150287" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00B2219A" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="30AF0E07" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...49 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="44AB223A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="744CD65F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="42C8E968" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00B2219A" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="2DCB499E" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="46B9F4D0" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00066324">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...68 lines deleted...]
-                    <w:t>D.N.I</w:t>
+                    <w:t>73494050B</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="66F1BA55" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="628648DC" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="54A61509" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0281D071" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>GIZARTE SEGURANTZAREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="49262E2E" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="58C67E38" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="51E4FD37" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="58D2FCC6" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="313810F2" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4EEEE5A9" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3DED64C1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="573F0A37" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2877D279" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="17D2346A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="763192C8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="66D8FF69" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00B2219A" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="4428DC38" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...49 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="6AD41082" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="648A2A75" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="238BC59D" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="31CE73EC" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="6E95356B" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00066324">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...101 lines deleted...]
-                  </w:pPr>
+                    <w:t>58025450S</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6D2F4B58" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>N.A.N</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4A6A6A60" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6F7FC501" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ZERGA-BETEBEHARREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="13B5B94B" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3D922486" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>GIZARTE SEGURANTZAREN ZIURTAGIRIA EGUNERATUA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2A8FFDF3" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="710E21E0" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>BAIMENA ESKATU DUEN JARDUERA HORRI DAGOKION EPIGRAFEAN ALTA EMANDA EGON ETA ORDAINKETA EGUNEAN DUELA 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="46367CF8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="336513D5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ERANTZUKIZUN ZIBILEKO ASEGURUA IZATEA 2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="47B68EC5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>D.N.I</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="419004D7" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4D168DD0" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE EN SUS OBLIGACIONES TRIBUTARIAS 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="754B3901" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="61D6D066" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR AL CORRIENTE CON LA SEGURIDAD SOCIAL 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0905CEC5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3EDA1CC1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>ESTAR DADO/A DE ALTA EN EL EPÍGRAFE CORRESPONDIENTE A LA ACTIVIDAD PARA LA QUE SE SOLICITA LA AUTORIZACIÓN Y AL CORRIENTE EN EL PAGO IAE 2026</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="508DF300" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00006045" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="70B02D80" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>SEGURO DE RESPONSABILIDAD CIVIL 2026</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="4078BB84" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...41 lines deleted...]
-                      <w:lang w:eastAsia="es-ES"/>
+                <w:p w14:paraId="5841F847" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="75DEA9EF" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="7A2A3679" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="3231D67F" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="72BE7EA8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00066324">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...83 lines deleted...]
-                  </w:r>
+                    <w:t>72821818T</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="110DECB8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>N.</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>A.N</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5E3F01B8" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>D.</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00006045">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="es-ES"/>
+                    </w:rPr>
+                    <w:t>N.I</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidTr="007E76E8">
-[...2 lines deleted...]
-                  <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tr w:rsidR="00CE55A6" w14:paraId="05EF3BAC" w14:textId="77777777" w:rsidTr="00907ECF">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1442" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="nil"/>
+                    <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
-[...1993 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="3CFE9A22" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="0E6BD595" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3577" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                </w:tcPr>
+                <w:p w14:paraId="59ED76B1" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="00611A88" w:rsidRDefault="00990DF2" w:rsidP="007E76E8"/>
+          <w:p w14:paraId="45D0E105" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00990DF2" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="2BFAFE8E" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="000B3C3F" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="573B3B9C" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRDefault="00990DF2" w:rsidP="007E76E8"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00990DF2" w:rsidRPr="000B3C3F" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="166AC2FD" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...266 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="005E6F65" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="18C72C4B" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E6F65">
-[...3 lines deleted...]
-              <w:t>Una vez finalizado el plazo de presentación de solicitudes las personas interesadas</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="72963A8D" w14:textId="77777777" w:rsidTr="00907ECF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="57046819" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Eska</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> disponen de 10 días, desde el 4 de abril al 22</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>erak</w:t>
             </w:r>
-            <w:r w:rsidRPr="005E6F65">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> de abril de 202</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>aurkezteko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>epea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>amaitu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ondoren</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>interesdunek</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>egun</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> izango </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>dituzte</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>martxoaren</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 16tik 30era, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>biak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>barne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>eskatutako</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>agiriak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>aurkezteko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C6631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1A711B" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1471F37A" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Una vez finalizado el plazo de presentación de solicitudes las personas interesadas disponen de 10 días, desde el </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>16 al 30 de marzo</w:t>
             </w:r>
-            <w:r w:rsidRPr="005E6F65">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, ambos inclusive, para la presentación de la documentación requerida.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00990DF2" w:rsidRPr="00F77908" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="284460A8" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="0064224D" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="08512C03" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="0064224D" w:rsidRDefault="00990DF2" w:rsidP="007E76E8"/>
+          <w:p w14:paraId="2D121B13" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="0064224D" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="2AA57348" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00990DF2" w:rsidRPr="00D677C8" w:rsidTr="007E76E8">
+      <w:tr w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w14:paraId="3BE828F6" w14:textId="77777777" w:rsidTr="00907ECF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="00D677C8" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="623CDC27" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">ko </w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eibar,2026ko </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              <w:t>apirilaren</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>martxoaren</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> 3a</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13 a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="00D677C8" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="53D6BD2D" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00990DF2" w:rsidRPr="00D677C8" w:rsidRDefault="00990DF2" w:rsidP="007E76E8">
+          <w:p w14:paraId="70244E99" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00907ECF">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> de </w:t>
+            <w:r w:rsidRPr="00C84BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Eibar,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>25</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>13 de marzo de 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00990DF2" w:rsidRPr="00FF73C5" w:rsidRDefault="00990DF2" w:rsidP="00990DF2">
+    <w:p w14:paraId="54783610" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00CE55A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:kern w:val="2"/>
-          <w14:ligatures w14:val="standardContextual"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00990DF2" w:rsidRPr="00FF73C5" w:rsidRDefault="00990DF2" w:rsidP="00990DF2">
-[...19 lines deleted...]
-    <w:p w:rsidR="00990DF2" w:rsidRPr="00FF73C5" w:rsidRDefault="00990DF2" w:rsidP="00990DF2">
+    <w:p w14:paraId="22BEF5B5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="00C84BB1" w:rsidRDefault="00CE55A6" w:rsidP="00CE55A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2747"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="standardContextual"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="es-ES"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00990DF2" w:rsidRPr="00FF73C5" w:rsidRDefault="00990DF2" w:rsidP="00990DF2">
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="00305FB4" w:rsidSect="000D1356">
+    <w:p w14:paraId="31B2A7D7" w14:textId="77777777" w:rsidR="00C966AE" w:rsidRDefault="00C966AE"/>
+    <w:sectPr w:rsidR="00C966AE" w:rsidSect="00CE55A6">
       <w:headerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00F56463" w:rsidRPr="002B158A" w:rsidRDefault="00990DF2" w:rsidP="00046CA0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7DF855E7" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRPr="002B158A" w:rsidRDefault="00CE55A6" w:rsidP="00046CA0">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="767171"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00F56463" w:rsidRDefault="00990DF2" w:rsidP="00810551">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="12E4D7D4" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00046CA0">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78F83E05" wp14:editId="66704890">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E450EED" wp14:editId="2A5A5EBC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4681996</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>125095</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1468161" cy="436863"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="5" name="Imagen 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="769052757" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -8699,51 +6704,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00046CA0">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00F56463">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C9CBB2A" wp14:editId="23C527F4">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67F11475" wp14:editId="26AAB541">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>25400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-4445</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2099814" cy="735330"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
           <wp:docPr id="6" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1060078278" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -8758,170 +6763,176 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2099814" cy="735330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00810551" w:rsidRDefault="00990DF2" w:rsidP="00810551">
+  <w:p w14:paraId="7038A6E5" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00810551" w:rsidRDefault="00990DF2" w:rsidP="00810551">
+  <w:p w14:paraId="486798F3" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00810551" w:rsidRDefault="00990DF2" w:rsidP="00810551">
+  <w:p w14:paraId="4963828F" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00810551" w:rsidRDefault="00990DF2" w:rsidP="00810551">
+  <w:p w14:paraId="09949174" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00810551" w:rsidRDefault="00990DF2" w:rsidP="00810551">
+  <w:p w14:paraId="239CB907" w14:textId="77777777" w:rsidR="00CE55A6" w:rsidRDefault="00CE55A6" w:rsidP="00810551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4873"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="156"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00990DF2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00990DF2"/>
+    <w:rsidRoot w:val="00CE55A6"/>
+    <w:rsid w:val="002F4C71"/>
+    <w:rsid w:val="006A53F9"/>
+    <w:rsid w:val="00C966AE"/>
+    <w:rsid w:val="00CE55A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="27035E56"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{BCC2AC7B-AFAD-4601-BC47-3C138B1A3D01}"/>
+  <w15:docId w15:val="{54F2CCA5-74A6-40F0-B582-CEE4376E26FD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9249,275 +7260,813 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00990DF2"/>
+    <w:rsid w:val="00CE55A6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo1Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo3Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo5Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo6Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo7Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo8Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo9Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
+    <w:name w:val="Título 1 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
+    <w:name w:val="Título 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
+    <w:name w:val="Título 4 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
+    <w:name w:val="Título 5 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
+    <w:name w:val="Título 6 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
+    <w:name w:val="Título 7 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
+    <w:name w:val="Título 8 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
+    <w:name w:val="Título 9 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TtuloCar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
+    <w:name w:val="Título Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subttulo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubttuloCar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubttuloCar">
+    <w:name w:val="Subtítulo Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Subttulo"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cita">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitaCar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaCar">
+    <w:name w:val="Cita Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Cita"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="nfasisintenso">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citadestacada">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitadestacadaCar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitadestacadaCar">
+    <w:name w:val="Cita destacada Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Citadestacada"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Referenciaintensa">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE55A6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00990DF2"/>
+    <w:rsid w:val="00CE55A6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00990DF2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE55A6"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00990DF2"/>
+    <w:rsid w:val="00CE55A6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00990DF2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE55A6"/>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00990DF2"/>
+    <w:rsid w:val="00CE55A6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -9535,65 +8084,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -9614,84 +8163,89 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7003</Characters>
+  <Pages>5</Pages>
+  <Words>1308</Words>
+  <Characters>7199</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
+  <Lines>59</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8260</CharactersWithSpaces>
+  <CharactersWithSpaces>8491</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Miren Itziar Onaindia</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>